--- v0 (2025-10-23)
+++ v1 (2026-03-04)
@@ -1,47 +1,43 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:background w:color="FFFFFF" w:themeColor="background1"/>
   <w:body>
     <w:p w14:paraId="77C1BAF2" w14:textId="77777777" w:rsidR="0014240C" w:rsidRDefault="0014240C"/>
     <w:p w14:paraId="5E2DC495" w14:textId="77777777" w:rsidR="00254C7A" w:rsidRDefault="00254C7A"/>
     <w:p w14:paraId="1CDB6CE9" w14:textId="77777777" w:rsidR="00254C7A" w:rsidRDefault="00254C7A"/>
     <w:p w14:paraId="28EDE5E3" w14:textId="77777777" w:rsidR="00254C7A" w:rsidRDefault="00254C7A"/>
     <w:p w14:paraId="4998F4A1" w14:textId="77777777" w:rsidR="0014240C" w:rsidRDefault="0014240C"/>
     <w:p w14:paraId="0BEDA30D" w14:textId="77777777" w:rsidR="00921A29" w:rsidRDefault="00392F39" w:rsidP="00921A29">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:ascii="Arial Rounded MT Bold" w:hAnsi="Arial Rounded MT Bold"/>
@@ -809,50 +805,51 @@
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>à</w:t>
       </w:r>
       <w:r w:rsidR="005642A4" w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> la Règlementation Running de l’année en cours.</w:t>
       </w:r>
     </w:p>
     <w:sdt>
       <w:sdtPr>
         <w:id w:val="1515959057"/>
         <w:docPartObj>
           <w:docPartGallery w:val="Table of Contents"/>
           <w:docPartUnique/>
         </w:docPartObj>
       </w:sdtPr>
+      <w:sdtEndPr/>
       <w:sdtContent>
         <w:p w14:paraId="7D25E463" w14:textId="77777777" w:rsidR="004D6443" w:rsidRPr="0088257A" w:rsidRDefault="00842A54" w:rsidP="48D46A6B">
           <w:pPr>
             <w:pStyle w:val="TM2"/>
             <w:tabs>
               <w:tab w:val="right" w:leader="dot" w:pos="10455"/>
             </w:tabs>
             <w:rPr>
               <w:rStyle w:val="Lienhypertexte"/>
             </w:rPr>
           </w:pPr>
           <w:r>
             <w:fldChar w:fldCharType="begin"/>
           </w:r>
           <w:r w:rsidR="004D6443">
             <w:instrText>TOC \o "1-3" \z \u \h</w:instrText>
           </w:r>
           <w:r>
             <w:fldChar w:fldCharType="separate"/>
           </w:r>
           <w:hyperlink w:anchor="_Toc957326706">
             <w:r w:rsidR="48D46A6B" w:rsidRPr="48D46A6B">
               <w:rPr>
                 <w:rStyle w:val="Lienhypertexte"/>
               </w:rPr>
@@ -3940,79 +3937,97 @@
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="56B6765E" w14:textId="77777777" w:rsidR="00AC78EB" w:rsidRPr="0088257A" w:rsidRDefault="00AC78EB" w:rsidP="00C644C4">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="30E7CC44" w14:textId="77777777" w:rsidR="00D5423A" w:rsidRPr="0088257A" w:rsidRDefault="002E1814" w:rsidP="00B6446A">
+    <w:p w14:paraId="30E7CC44" w14:textId="7964614B" w:rsidR="00D5423A" w:rsidRPr="0088257A" w:rsidRDefault="002E1814" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>Pour les courses de longue durée (Marathon et au-</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00CB4700" w:rsidRPr="0088257A">
+        <w:t>Pour les courses de longue durée (</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF0F51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
+        <w:t xml:space="preserve">+ de 2 heures, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
+        <w:t>Marathon et au-</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB4700" w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+        </w:rPr>
         <w:t>delà)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4794178E" w14:textId="77777777" w:rsidR="00D5423A" w:rsidRPr="0088257A" w:rsidRDefault="00D5423A" w:rsidP="00D5423A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Equipes de secouristes relevant d’une association agréée par le Ministère de l’Intérieur</w:t>
       </w:r>
       <w:r w:rsidR="00C8124E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -4142,96 +4157,96 @@
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>trails</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidR="002E1814" w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1D017162" w14:textId="77777777" w:rsidR="00742397" w:rsidRDefault="00D5423A" w:rsidP="00B6446A">
+    <w:p w14:paraId="1D017162" w14:textId="46461D38" w:rsidR="00742397" w:rsidRDefault="00D5423A" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">Voir </w:t>
       </w:r>
       <w:r w:rsidRPr="00AC525B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve">page  </w:t>
       </w:r>
-      <w:r w:rsidR="00BD08D5" w:rsidRPr="00AC525B">
+      <w:r w:rsidR="00DF0F51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>40/48</w:t>
+        <w:t xml:space="preserve">39 </w:t>
       </w:r>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>de la réglementation des manifestations running 202</w:t>
       </w:r>
-      <w:r w:rsidR="00AC525B">
+      <w:r w:rsidR="00DF0F51">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
-        <w:t>5</w:t>
+        <w:t>6</w:t>
       </w:r>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5B677266" w14:textId="77777777" w:rsidR="00BD08D5" w:rsidRDefault="00BD08D5" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A9C9CEE" w14:textId="77777777" w:rsidR="00BD08D5" w:rsidRPr="0088257A" w:rsidRDefault="00BD08D5" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
@@ -4885,128 +4900,227 @@
     <w:p w14:paraId="240F20C7" w14:textId="77777777" w:rsidR="00C644C4" w:rsidRPr="0088257A" w:rsidRDefault="00C644C4" w:rsidP="48D46A6B">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="10" w:name="_Toc1618821420"/>
       <w:r w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5) </w:t>
       </w:r>
       <w:r w:rsidR="00B0539C" w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ambulance</w:t>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
-    <w:p w14:paraId="73693C9E" w14:textId="77777777" w:rsidR="001C34D5" w:rsidRPr="0088257A" w:rsidRDefault="00C644C4" w:rsidP="48D46A6B">
+    <w:p w14:paraId="73693C9E" w14:textId="0CC58BE3" w:rsidR="001C34D5" w:rsidRDefault="00C644C4" w:rsidP="48D46A6B">
       <w:pPr>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Nbre </w:t>
       </w:r>
       <w:r w:rsidR="001D0B64">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>d’ambulance</w:t>
       </w:r>
       <w:r w:rsidR="00C8124E">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B0539C" w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">type ASSU ('arrêté du 28 aout 2009 modifiant l'arrêté du 10 février 2009 fixant les conditions exigées pour les véhicules et </w:t>
+        <w:t xml:space="preserve">type </w:t>
+      </w:r>
+      <w:r w:rsidR="00B0539C" w:rsidRPr="00F85F26">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>ASSU</w:t>
+      </w:r>
+      <w:r w:rsidR="00B0539C" w:rsidRPr="48D46A6B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ('arrêté du 28 aout 2009 modifiant l'arrêté du 10 février 2009 fixant les conditions exigées pour les véhicules et </w:t>
       </w:r>
       <w:r w:rsidR="001C34D5" w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
-        <w:t xml:space="preserve">les installations matérielles affectées aux transports sanitaires terrestres) et de deux ambulanciers dont un Diplômé </w:t>
+        <w:t xml:space="preserve">les installations matérielles </w:t>
+      </w:r>
+      <w:r w:rsidR="001C34D5" w:rsidRPr="00F85F26">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>affectées aux transports sanitaires</w:t>
+      </w:r>
+      <w:r w:rsidR="001C34D5" w:rsidRPr="48D46A6B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> terrestres et de deux ambulanciers dont un Diplômé </w:t>
       </w:r>
       <w:r w:rsidR="4F8537A9" w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t>d'État</w:t>
       </w:r>
       <w:r w:rsidR="001C34D5" w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DE51732" w14:textId="11944B2D" w:rsidR="00DF0F51" w:rsidRPr="0088257A" w:rsidRDefault="00DF0F51" w:rsidP="00DF0F51">
+      <w:pPr>
+        <w:ind w:left="284" w:right="260"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DF0F51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve">les ambulances secouristes </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F85F26">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">VPSP </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF0F51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>(véhicules premier secours à personne). Il est important de noter que</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF0F51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>celles-ci</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF0F51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>ne sont pas toutes agréées pour faire du transport vers les hôpitaux. Pour être agréée l’association doit avoir une</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DF0F51">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>convention avec le SAMU et le SDIS (Service Départemental d’Incendie et de Secours) territorialement compétents</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85F26">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="274780CC" w14:textId="77777777" w:rsidR="00B0539C" w:rsidRPr="0088257A" w:rsidRDefault="00C644C4" w:rsidP="48D46A6B">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="11" w:name="_Toc1133307720"/>
       <w:r w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>6)</w:t>
       </w:r>
       <w:r w:rsidR="00CB41B0" w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Moyen d’accès</w:t>
       </w:r>
       <w:bookmarkEnd w:id="11"/>
     </w:p>
     <w:p w14:paraId="7D24CE46" w14:textId="77777777" w:rsidR="00B6446A" w:rsidRPr="0088257A" w:rsidRDefault="00CB41B0" w:rsidP="00B6446A">
       <w:pPr>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:color w:val="00B050"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">L’organisateur devra mettre à disposition des </w:t>
@@ -5049,51 +5163,50 @@
       </w:r>
       <w:r w:rsidR="00CC403E" w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="080A4E2A" w14:textId="77777777" w:rsidR="00B6446A" w:rsidRPr="0088257A" w:rsidRDefault="00B6446A" w:rsidP="00C644C4">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="16"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Communication</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E65691E" w14:textId="77777777" w:rsidR="00B6446A" w:rsidRPr="0088257A" w:rsidRDefault="00B6446A" w:rsidP="00B6446A">
       <w:pPr>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:color w:val="000000" w:themeColor="text1"/>
         </w:rPr>
         <w:t>Il faut dès le début du DPS déterminer précisément les modalités de communication entre la direction de la course et les secouristes… pour éviter les que 2 moyens soient engagés sur la même intervention…. ou qu’une victime soit confondue avec une autre, au risque de laissée cette dernière sur le bord du circuit.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="637E5ECA" w14:textId="77777777" w:rsidR="00C644C4" w:rsidRPr="0088257A" w:rsidRDefault="00B6446A" w:rsidP="00C644C4">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
@@ -5421,50 +5534,51 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Les commissaires devront être en position au moins un quart d’ heure avant le passage de la manifestation et peuvent être retiré  après le passage de la manifestation, signalée par un véhicule balais.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7967DC10" w14:textId="77777777" w:rsidR="0070125D" w:rsidRPr="0088257A" w:rsidRDefault="0070125D" w:rsidP="0070125D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Il est nécessaire de les sensibiliser à être vigilant et à avoir une attitude courtoise, pédagogique et </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20724DE5" w14:textId="77777777" w:rsidR="0070125D" w:rsidRPr="0088257A" w:rsidRDefault="0070125D" w:rsidP="0070125D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">conciliante. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5C231C3D" w14:textId="77777777" w:rsidR="0070125D" w:rsidRPr="0088257A" w:rsidRDefault="0070125D" w:rsidP="0070125D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:rPr>
@@ -5478,51 +5592,50 @@
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>En cas d'infraction, les signaleurs peuvent rendre compte aux forces de police, qui pourront dresser procès-verbal.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="49FF2607" w14:textId="77777777" w:rsidR="0070125D" w:rsidRPr="0088257A" w:rsidRDefault="0070125D" w:rsidP="0070125D">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="5C62BA86" w14:textId="77777777" w:rsidR="00C644C4" w:rsidRPr="0088257A" w:rsidRDefault="00755137" w:rsidP="00B6446A">
       <w:pPr>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve"> Dans le cas </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t>ou</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve"> un concurrent serait en réelle difficultés respiratoires ou présenterait des signes importants de faiblesse pouvant mettre sa vie en danger, le commissaire de course pourra arrêter d’autorité ce concurrent et appeler les secours rapidement, secours qui viendrons prendre en charge la personne.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="529A9AAB" w14:textId="77777777" w:rsidR="00E90E46" w:rsidRPr="0088257A" w:rsidRDefault="00336869" w:rsidP="00B6446A">
       <w:pPr>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
@@ -6900,960 +7013,250 @@
           <w:numId w:val="9"/>
         </w:numPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="18" w:name="_Toc867889055"/>
       <w:r w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidR="00A44A92" w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>éclaration administrative</w:t>
       </w:r>
       <w:bookmarkEnd w:id="18"/>
     </w:p>
-    <w:p w14:paraId="744B4E66" w14:textId="77777777" w:rsidR="00A44A92" w:rsidRPr="00C91EC5" w:rsidRDefault="00A44A92" w:rsidP="00B6446A">
-[...2 lines deleted...]
-        <w:ind w:left="284" w:right="260"/>
+    <w:p w14:paraId="744B4E66" w14:textId="77777777" w:rsidR="00A44A92" w:rsidRPr="00F85F26" w:rsidRDefault="00A44A92" w:rsidP="00F85F26">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="260"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F85F26">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">INFORMATIONS POUR LES ORGANISATEURS DES COURSES </w:t>
+      </w:r>
+      <w:r w:rsidR="00310CCC" w:rsidRPr="00F85F26">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>RUNNING</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F85F26">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 37</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="080B905A" w14:textId="77777777" w:rsidR="00A44A92" w:rsidRDefault="00A44A92" w:rsidP="004D7648">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="260"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00C91EC5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">INFORMATIONS POUR LES ORGANISATEURS DES COURSES </w:t>
-[...7 lines deleted...]
-      </w:r>
+        <w:t>Dossier d’organisation</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CDA8012" w14:textId="77777777" w:rsidR="00F85F26" w:rsidRPr="00C91EC5" w:rsidRDefault="00F85F26" w:rsidP="004D7648">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="260"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3EAD7262" w14:textId="667766F2" w:rsidR="00CB4DA5" w:rsidRPr="00C91EC5" w:rsidRDefault="00CB4DA5" w:rsidP="004D7648">
+      <w:pPr>
+        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="284" w:right="260"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
       <w:r w:rsidRPr="00C91EC5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> 37</w:t>
-[...35 lines deleted...]
-        <w:t>2 cas se présentent : Dépôt en mairie ou sur le site de la Préfecture (</w:t>
+        <w:t>Dépôt sur le site de la Préfecture (</w:t>
       </w:r>
       <w:hyperlink r:id="rId19" w:history="1">
         <w:r w:rsidRPr="00C91EC5">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:t>https://declaration-manifestations.gouv.fr/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidRPr="00C91EC5">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> )</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1F0A0174" w14:textId="77777777" w:rsidR="00BD4CE0" w:rsidRPr="00CB4DA5" w:rsidRDefault="00BD4CE0" w:rsidP="00B6446A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5DE68F8A" w14:textId="77777777" w:rsidR="004D7648" w:rsidRPr="00AB79C5" w:rsidRDefault="00CB4DA5" w:rsidP="004D7648">
+    <w:p w14:paraId="4D01146A" w14:textId="77777777" w:rsidR="004D7648" w:rsidRPr="00AB79C5" w:rsidRDefault="004D7648" w:rsidP="004D7648">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
-        <w:numPr>
-[...2 lines deleted...]
-        </w:numPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3D7917BA" w14:textId="5370A894" w:rsidR="003E0309" w:rsidRPr="003E0309" w:rsidRDefault="00CB4DA5" w:rsidP="00F85F26">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Times New Roman" w:cs="Arial"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB4DA5">
         <w:rPr>
           <w:b/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>Dépôt en mairie</w:t>
+        <w:t>Préfecture</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB4DA5">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> :  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> : </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E733F9">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="004D7648" w:rsidRPr="00CB4DA5">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">si une seule commune traversée, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004D7648">
+        <w:t xml:space="preserve">ossier complet </w:t>
+      </w:r>
+      <w:r w:rsidR="00BD08D5" w:rsidRPr="00CB4DA5">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>1 formulaire</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004D7648" w:rsidRPr="00AB79C5">
+        <w:t>à déposer</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85F26">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> de demande d’organisation d’une course pédestre hors </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BD08D5" w:rsidRPr="00AB79C5">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00CB4DA5">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve">stade, </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BD08D5">
+        <w:t xml:space="preserve">12 </w:t>
+      </w:r>
+      <w:r w:rsidR="004D7648" w:rsidRPr="00CB4DA5">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>1</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004D7648">
+        <w:t xml:space="preserve">semaines avant la date de la course </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> exemplaire du règlement et 1 bulletin </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00BD08D5">
+        <w:t>sur le site de la préfec</w:t>
+      </w:r>
+      <w:r w:rsidR="003E0309">
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t>d’inscription</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="004D7648">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:b/>
         </w:rPr>
-        <w:t xml:space="preserve"> (pour </w:t>
-[...718 lines deleted...]
-        </w:rPr>
         <w:t>ure</w:t>
       </w:r>
-      <w:r w:rsidR="003E0309">
-[...21 lines deleted...]
-      </w:hyperlink>
     </w:p>
     <w:p w14:paraId="698FFFA7" w14:textId="77777777" w:rsidR="00336869" w:rsidRPr="0088257A" w:rsidRDefault="00C644C4" w:rsidP="48D46A6B">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="19" w:name="_Toc467267706"/>
       <w:r w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00336869" w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -8404,51 +7807,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Insérer les différents parcours et l’emplacement du ou des ravitaillement (s) annoter l’heure de départ.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="128BA8FB" w14:textId="77777777" w:rsidR="0040654A" w:rsidRPr="0088257A" w:rsidRDefault="0040654A" w:rsidP="00CF54BB">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Le ravitaillement :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12DE5AAF" w14:textId="77777777" w:rsidR="00CF54BB" w:rsidRPr="0088257A" w:rsidRDefault="00CF54BB" w:rsidP="00CF54BB">
       <w:pPr>
         <w:ind w:left="284"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>La zone de ravitaillement sera délimitée au moyen de barrières, tables et/ou marques au sol. Elle ne devra pas se trouver directement dans la ligne du parcours mesuré. Le ravitaillement sera placé de manière à ce qu’il soit facilement accessible aux athlètes ou à ce qu'il puisse leur être remis dans la main par des personnes autorisées.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7749B992" w14:textId="77777777" w:rsidR="0040654A" w:rsidRPr="0088257A" w:rsidRDefault="0040654A" w:rsidP="00B7553E">
       <w:pPr>
@@ -8679,100 +8081,133 @@
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, en dehors de son temps professionnel et familial.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3085A503" w14:textId="77777777" w:rsidR="00336869" w:rsidRPr="0088257A" w:rsidRDefault="00336869" w:rsidP="00B6446A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Les bénévoles sont des membres </w:t>
       </w:r>
       <w:r w:rsidR="00750336" w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>de l’association organisatrice ou des personnes désireuses de donner un coup de main.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="12184221" w14:textId="77777777" w:rsidR="00750336" w:rsidRPr="0088257A" w:rsidRDefault="00750336" w:rsidP="48D46A6B">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="22" w:name="_Toc817540014"/>
       <w:r w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Inscriptions</w:t>
       </w:r>
       <w:bookmarkEnd w:id="22"/>
     </w:p>
-    <w:p w14:paraId="47AD9DE4" w14:textId="77777777" w:rsidR="00750336" w:rsidRPr="0088257A" w:rsidRDefault="00750336" w:rsidP="00B6446A">
+    <w:p w14:paraId="47AD9DE4" w14:textId="31680465" w:rsidR="00750336" w:rsidRPr="0088257A" w:rsidRDefault="00750336" w:rsidP="00B6446A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Les inscriptions se feront par courrier, en ligne sur internet ou directement dans un magasin de sport partenaire.</w:t>
+        <w:t xml:space="preserve">Les inscriptions se feront en ligne sur internet ou </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85F26">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85F26" w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>par courrier</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85F26" w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6A8F0C9E" w14:textId="77777777" w:rsidR="00696D38" w:rsidRPr="0088257A" w:rsidRDefault="00696D38" w:rsidP="00B6446A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Secrétariat, son rôle, son organisation :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0CE3EC9B" w14:textId="77777777" w:rsidR="00696D38" w:rsidRPr="0088257A" w:rsidRDefault="00696D38" w:rsidP="00B6446A">
@@ -8967,194 +8402,110 @@
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> les catégories d’âge  et les distances autorisées .</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45E913F3" w14:textId="77777777" w:rsidR="00696D38" w:rsidRPr="0088257A" w:rsidRDefault="00696D38" w:rsidP="00B6446A">
+    <w:p w14:paraId="02124A2C" w14:textId="77777777" w:rsidR="00053A98" w:rsidRDefault="00053A98" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="19AF1A43" w14:textId="77777777" w:rsidR="00053A98" w:rsidRDefault="00053A98" w:rsidP="00B6446A">
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12B419D5" w14:textId="77777777" w:rsidR="00053A98" w:rsidRDefault="00053A98" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D8F2CAB" w14:textId="77777777" w:rsidR="00053A98" w:rsidRDefault="00053A98" w:rsidP="00B6446A">
+    <w:p w14:paraId="224FBB6D" w14:textId="77777777" w:rsidR="008016F0" w:rsidRPr="0088257A" w:rsidRDefault="008016F0" w:rsidP="00F85F26">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
+        <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-        <w:ind w:left="284" w:right="260"/>
+      <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-      </w:pPr>
-[...77 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">GESTION DES INSCRIPTIONS ET </w:t>
       </w:r>
       <w:r w:rsidR="00E733F9" w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>PARCOURS PREVENTION SANTE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67D6142B" w14:textId="77777777" w:rsidR="00001E89" w:rsidRPr="0088257A" w:rsidRDefault="00001E89" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
@@ -9232,150 +8583,207 @@
         <w:tblBorders>
           <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9063"/>
       </w:tblGrid>
       <w:tr w:rsidR="00A91662" w:rsidRPr="0088257A" w14:paraId="1E569483" w14:textId="77777777" w:rsidTr="00A91662">
         <w:trPr>
           <w:trHeight w:val="774"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="064EF696" w14:textId="77777777" w:rsidR="00A91662" w:rsidRPr="0088257A" w:rsidRDefault="00A91662" w:rsidP="00053A98">
+          <w:p w14:paraId="064EF696" w14:textId="33619CDD" w:rsidR="00A91662" w:rsidRPr="0088257A" w:rsidRDefault="00A91662" w:rsidP="00053A98">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088257A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>Dans le cadre de la loi « Sport » du 2 mars 2022 visant à démocratiser la pratique du sport en France, la Fédération Française d’Athlétisme a mis en place son Parcours Prévention Santé (PPS), dispositif se substituant, pour toute personne majeure, à la fourniture du traditionnel certificat médical d'aptitude à la pratique.</w:t>
+              <w:t xml:space="preserve">Dans le cadre de la loi « Sport » du 2 mars 2022 visant à démocratiser la pratique du sport en France, la Fédération Française d’Athlétisme a mis en place son </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="0088257A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Pa</w:t>
+            </w:r>
+            <w:r w:rsidR="00F85F26">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>ss</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="0088257A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Prévention Santé (PPS), dispositif se substituant, pour toute personne majeure, à la fourniture du traditionnel certificat médical d'aptitude à la pratique.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00A91662" w:rsidRPr="0088257A" w14:paraId="009B6EA3" w14:textId="77777777" w:rsidTr="00A91662">
         <w:trPr>
           <w:trHeight w:val="774"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9063" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="none" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="none" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="none" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="none" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7A8C2C05" w14:textId="77777777" w:rsidR="00A91662" w:rsidRPr="00053A98" w:rsidRDefault="00A91662" w:rsidP="00053A98">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00053A98">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Le PPS, mode d’emploi </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6E81B220" w14:textId="77777777" w:rsidR="00A91662" w:rsidRPr="0088257A" w:rsidRDefault="00A91662" w:rsidP="00335CC5">
+          <w:p w14:paraId="6E81B220" w14:textId="52198C09" w:rsidR="00A91662" w:rsidRPr="0088257A" w:rsidRDefault="00A91662" w:rsidP="00335CC5">
             <w:pPr>
               <w:autoSpaceDE w:val="0"/>
               <w:autoSpaceDN w:val="0"/>
               <w:adjustRightInd w:val="0"/>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0088257A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t xml:space="preserve">Désormais, tout participant majeur souhaitant s’inscrire à une course running organisée sur le territoire national devra donc satisfaire au Parcours Prévention Santé. Concrètement, cela signifie que pour son inscription à la course choisie, il devra se connecter, dans les trois mois précédant sa compétition, à la plateforme web dédiée : </w:t>
-[...1 lines deleted...]
-            <w:hyperlink r:id="rId21" w:history="1">
+              <w:t xml:space="preserve">Désormais, tout participant majeur </w:t>
+            </w:r>
+            <w:r w:rsidR="00F85F26">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">non-licenciée </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0088257A">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">souhaitant s’inscrire à une course running organisée sur le territoire national devra donc satisfaire au Parcours Prévention Santé. Concrètement, cela signifie que pour son inscription à la course choisie, il devra se connecter à la plateforme web dédiée : </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId20" w:history="1">
               <w:r w:rsidR="00335CC5" w:rsidRPr="00F5533E">
                 <w:rPr>
                   <w:rStyle w:val="Lienhypertexte"/>
                   <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                   <w:b/>
                   <w:bCs/>
                   <w:sz w:val="24"/>
                   <w:szCs w:val="24"/>
                 </w:rPr>
                 <w:t>https://pps.athle.fr/</w:t>
               </w:r>
             </w:hyperlink>
             <w:r w:rsidRPr="0088257A">
               <w:rPr>
                 <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">et y suivre les différentes étapes vouées à le sensibiliser aux risques, précautions et recommandations liés à la pratique de la course à pied, via du contenu pédagogique (texte et vidéo). </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -9445,82 +8853,136 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Athlé-compétition, Athlé-Entreprise, Athlé-Running , délivrés par la </w:t>
       </w:r>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FFA</w:t>
       </w:r>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, en cours de validité à la date de la manifestation ;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38DB25C5" w14:textId="77777777" w:rsidR="00750487" w:rsidRPr="0088257A" w:rsidRDefault="00750487" w:rsidP="00750487">
+    <w:p w14:paraId="38DB25C5" w14:textId="6416416A" w:rsidR="00750487" w:rsidRPr="0088257A" w:rsidRDefault="00750487" w:rsidP="00750487">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:ind w:left="284" w:right="260" w:firstLine="0"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">ou </w:t>
       </w:r>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>d’un parcours de prévention santé de moins de 3 mois</w:t>
-      </w:r>
+        <w:t xml:space="preserve">d’un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pa</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85F26">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ss</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> prévention santé de moins de </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85F26">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">1 </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00F85F26">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">an </w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> à la date de la compétition, ou de sa copie. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4A44C3E4" w14:textId="65A3BB4D" w:rsidR="00285F64" w:rsidRDefault="00720382" w:rsidP="00285F64">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
@@ -9632,62 +9094,204 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, les engagements doivent être réalisé par   l’athlète en fournissant </w:t>
       </w:r>
       <w:r w:rsidRPr="00285F64">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>un questionnaire de santé et une autorisation parentale</w:t>
       </w:r>
       <w:r w:rsidRPr="00285F64">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> , l’ UNSS ou UGSEL n’ayant plus d’agrément auprès de la FFA.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0961E2CB" w14:textId="77777777" w:rsidR="00285F64" w:rsidRPr="00285F64" w:rsidRDefault="00285F64" w:rsidP="00720382">
+    <w:p w14:paraId="6492CCFA" w14:textId="0D8CC7E9" w:rsidR="00F85F26" w:rsidRPr="00F85F26" w:rsidRDefault="00F85F26" w:rsidP="003E583D">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
-        <w:ind w:left="785"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="0" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F85F26">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pour les participants mineurs non licenciés FFA :</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F85F26">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> l'inscription est subordonnée </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F85F26">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>à l'attestation de renseignement d'un questionnaire relatif à l'état de santé du sportif mineur</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F85F26">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, réalisé conjointement par le mineur et par les personnes exerçant l'autorité parentale. Lorsqu'une réponse au questionnaire de santé conduit à un examen médical, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F85F26">
+        <w:rPr>
+          <w:rFonts w:cs="Calibri"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>l'inscription à une compétition sportive nécessite la production d'un certificat médical attestant l'absence de contre-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F85F26">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">indication à la pratique sportive et </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F85F26">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>d’ une autorisation parentale</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F85F26">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:color w:val="000000" w:themeColor="text1"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0961E2CB" w14:textId="4DB0ADFD" w:rsidR="00285F64" w:rsidRPr="00F85F26" w:rsidRDefault="00F85F26" w:rsidP="00024728">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="7"/>
+        </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:color w:val="000000" w:themeColor="text1"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00F85F26">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Les licences étrangères ne sont pas acceptées, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00F85F26">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">ce inclus les licences émises par une fédération membre de World , les athlètes , devront fournir un </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00F85F26">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pass</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00F85F26">
+        <w:rPr>
+          <w:rFonts w:cstheme="minorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de prévention Santé  à jours.</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="0B463BC6" w14:textId="77777777" w:rsidR="00750487" w:rsidRPr="0088257A" w:rsidRDefault="00750487" w:rsidP="00750487">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="206FCCFC" w14:textId="77777777" w:rsidR="00750487" w:rsidRPr="0088257A" w:rsidRDefault="00750487" w:rsidP="00750487">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
@@ -9918,100 +9522,88 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: 1,5km</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="089530BD" w14:textId="77777777" w:rsidR="00750487" w:rsidRDefault="00750487" w:rsidP="00750487">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Pour le EA (école d’athlé ) pas de chronométrage, pas de classement : endurance 8’.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="58301344" w14:textId="77777777" w:rsidR="00720382" w:rsidRDefault="00720382" w:rsidP="00750487">
+    <w:p w14:paraId="488B3E9B" w14:textId="77777777" w:rsidR="00720382" w:rsidRDefault="00720382" w:rsidP="00750487">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="488B3E9B" w14:textId="77777777" w:rsidR="00720382" w:rsidRDefault="00720382" w:rsidP="00750487">
+    <w:p w14:paraId="55B85B8E" w14:textId="77777777" w:rsidR="00720382" w:rsidRPr="0088257A" w:rsidRDefault="00720382" w:rsidP="00750487">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="55B85B8E" w14:textId="77777777" w:rsidR="00720382" w:rsidRPr="0088257A" w:rsidRDefault="00720382" w:rsidP="00750487">
+    <w:p w14:paraId="5E7B6A39" w14:textId="77777777" w:rsidR="00750487" w:rsidRDefault="00750487" w:rsidP="00750487">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...16 lines deleted...]
-        <w:lastRenderedPageBreak/>
+      <w:r w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Attention au dénivelé positif : il est considéré que 100</w:t>
       </w:r>
       <w:r w:rsidRPr="00AC525B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>m</w:t>
       </w:r>
       <w:r w:rsidR="00FA74E9" w:rsidRPr="00AC525B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:strike/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ts</w:t>
       </w:r>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -10096,365 +9688,366 @@
       </w:pPr>
       <w:r w:rsidRPr="00FA74E9">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="07BC3B1E" wp14:editId="5B34A8B7">
             <wp:extent cx="6645910" cy="2200910"/>
             <wp:effectExtent l="0" t="0" r="2540" b="8890"/>
             <wp:docPr id="1784106646" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1784106646" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22"/>
+                    <a:blip r:embed="rId21"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6645910" cy="2200910"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37B087A7" w14:textId="77777777" w:rsidR="00750487" w:rsidRPr="0088257A" w:rsidRDefault="00750487" w:rsidP="00750487">
-[...10 lines deleted...]
-    <w:p w14:paraId="0A50D854" w14:textId="77777777" w:rsidR="00750487" w:rsidRPr="0088257A" w:rsidRDefault="00750487" w:rsidP="00001E89">
+    <w:p w14:paraId="5A87CD01" w14:textId="77777777" w:rsidR="00E733F9" w:rsidRPr="0088257A" w:rsidRDefault="00E733F9" w:rsidP="00001E89">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5A87CD01" w14:textId="77777777" w:rsidR="00E733F9" w:rsidRPr="0088257A" w:rsidRDefault="00E733F9" w:rsidP="00001E89">
+    <w:p w14:paraId="26D08BF0" w14:textId="77777777" w:rsidR="004B662F" w:rsidRPr="0088257A" w:rsidRDefault="004B662F" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
-        <w:jc w:val="center"/>
-[...10 lines deleted...]
-    <w:p w14:paraId="26D08BF0" w14:textId="77777777" w:rsidR="004B662F" w:rsidRPr="0088257A" w:rsidRDefault="004B662F" w:rsidP="00B6446A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2995313C" w14:textId="52AD8537" w:rsidR="00D56A87" w:rsidRPr="0088257A" w:rsidRDefault="00696D38" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="2995313C" w14:textId="77777777" w:rsidR="00D56A87" w:rsidRPr="0088257A" w:rsidRDefault="00696D38" w:rsidP="00B6446A">
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Inscriptions par courrier</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : la photocopie de la licence, de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>licence</w:t>
+      </w:r>
+      <w:r w:rsidR="00AC525B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:strike/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>FFA</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> ou le </w:t>
+      </w:r>
+      <w:r w:rsidR="00E733F9" w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Numéro du </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00E733F9" w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Pa</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85F26">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ss</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E733F9" w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prévention santé</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> seront demandés, si possible, en même temps que le bulletin d’inscription, permettant d’effectuer un contrôle préalable avant la distribution des dossards et permettant éventuellement une expédition des dossards avant la course. Le refus d’un dossard pour document non valide ou absent est toujours risque de conflit.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B8E835E" w14:textId="77777777" w:rsidR="00D56A87" w:rsidRPr="0088257A" w:rsidRDefault="00D56A87" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0088257A">
-[...67 lines deleted...]
-    <w:p w14:paraId="5B8E835E" w14:textId="77777777" w:rsidR="00D56A87" w:rsidRPr="0088257A" w:rsidRDefault="00D56A87" w:rsidP="00B6446A">
+    </w:p>
+    <w:p w14:paraId="05528C50" w14:textId="77777777" w:rsidR="00696D38" w:rsidRDefault="00696D38" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-    <w:p w14:paraId="05528C50" w14:textId="77777777" w:rsidR="00696D38" w:rsidRDefault="00696D38" w:rsidP="00B6446A">
+      <w:r w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Inscriptions par Internet</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> : </w:t>
+      </w:r>
+      <w:r w:rsidR="00104AC4">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>Choisissez</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8124E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AC525B" w:rsidRPr="00AC525B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>un</w:t>
+      </w:r>
+      <w:r w:rsidR="00C8124E">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FA74E9" w:rsidRPr="00AC525B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve">prestataire d’inscription en ligne agréé FFA </w:t>
+      </w:r>
+      <w:r w:rsidR="006A5AB4" w:rsidRPr="00AC525B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>qui permet le contrôle autom</w:t>
+      </w:r>
+      <w:r w:rsidR="00104AC4" w:rsidRPr="00AC525B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>atique des PPS et licences FFA</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AC525B">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4ADD8066" w14:textId="77777777" w:rsidR="00FA74E9" w:rsidRDefault="00FA74E9" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="0088257A">
-[...91 lines deleted...]
-    <w:p w14:paraId="4ADD8066" w14:textId="77777777" w:rsidR="00FA74E9" w:rsidRDefault="00FA74E9" w:rsidP="00B6446A">
+    </w:p>
+    <w:p w14:paraId="2E93B0C2" w14:textId="77777777" w:rsidR="00FA74E9" w:rsidRPr="0088257A" w:rsidRDefault="00FA74E9" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...14 lines deleted...]
-      <w:hyperlink r:id="rId23" w:history="1">
+      <w:hyperlink r:id="rId22" w:history="1">
         <w:r w:rsidRPr="00FA74E9">
           <w:rPr>
             <w:rStyle w:val="Lienhypertexte"/>
             <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
             <w:lang w:eastAsia="fr-FR"/>
           </w:rPr>
           <w:t>Liste ici</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p w14:paraId="72F0C4EF" w14:textId="77777777" w:rsidR="00696D38" w:rsidRPr="0088257A" w:rsidRDefault="00696D38" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
@@ -10522,51 +10115,51 @@
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1EC7D1AA" w14:textId="77777777" w:rsidR="00696D38" w:rsidRPr="0088257A" w:rsidRDefault="00696D38" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="72C31CA1" w14:textId="77777777" w:rsidR="00696D38" w:rsidRPr="0088257A" w:rsidRDefault="00696D38" w:rsidP="00B6446A">
+    <w:p w14:paraId="72C31CA1" w14:textId="756ED428" w:rsidR="00696D38" w:rsidRPr="0088257A" w:rsidRDefault="00696D38" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Nota 2</w:t>
       </w:r>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
@@ -10584,60 +10177,106 @@
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">date effective de la manifestation. La </w:t>
       </w:r>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">validité de la licence ou du </w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00E733F9" w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t>Parcours Prévention santé (3 mois)</w:t>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85F26">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>ass</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00E733F9" w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prévention santé (</w:t>
+      </w:r>
+      <w:r w:rsidR="00F85F26">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>1 an</w:t>
+      </w:r>
+      <w:r w:rsidR="00E733F9" w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> s'entend le jour de la manifestation </w:t>
       </w:r>
       <w:r w:rsidR="0055243C" w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>(bien</w:t>
       </w:r>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
@@ -10729,51 +10368,50 @@
     <w:p w14:paraId="076862F8" w14:textId="77777777" w:rsidR="00D17A61" w:rsidRPr="0088257A" w:rsidRDefault="00696D38" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>« Tout engagement est personnel. Aucun transfert d'inscription n'est autorisé pour quelque motif que</w:t>
       </w:r>
       <w:r w:rsidR="001D0B64">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">ce soit. Toute personne rétrocédant son dossard à une tierce personne, sera reconnue responsable </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -11190,50 +10828,51 @@
         </w:rPr>
         <w:t>Pour les mineurs licenciés : La problématique est plus complexe dans la mesure où l’autorisation parentale est réalisée dans le formulaire de demande de licence. En conséquence, on peut estimer que l’autorisation de participation à des manifestations est induite (on peut, néanmoins, conseiller aux clubs dans lesquels sont licenciés des mineurs, de faire remplir en début d’année aux parents une autorisation visant à donner compétence au club pour réaliser les engagements de leurs enfants sur les épreuves).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2D68DB06" w14:textId="77777777" w:rsidR="00750336" w:rsidRPr="0088257A" w:rsidRDefault="00696D38" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>En revanche et au cas où le mineur s’inscrit personnellement sur l’épreuve, l’organisateur devra prévoir l’autorisation parentale dans le bulletin d’engagement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2AA73818" w14:textId="77777777" w:rsidR="00491C8F" w:rsidRPr="0088257A" w:rsidRDefault="00491C8F" w:rsidP="00B6446A">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6C1FAC0F" w14:textId="77777777" w:rsidR="00491C8F" w:rsidRPr="0088257A" w:rsidRDefault="00491C8F" w:rsidP="00491C8F">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="7"/>
         </w:numPr>
@@ -11429,51 +11068,50 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>- « il est fait obligation à tout organisateur de prévoir des installations et de mettre en place un dispositif permettant le déroulement d’un contrôle antidopage ».</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="29084357" w14:textId="77777777" w:rsidR="00014CC4" w:rsidRPr="00B348BB" w:rsidRDefault="00014CC4" w:rsidP="00014CC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="478" w:right="80" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00B348BB">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>.Obligations de l’Organisateur</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3D0C38CC" w14:textId="77777777" w:rsidR="00014CC4" w:rsidRPr="00014CC4" w:rsidRDefault="00014CC4" w:rsidP="00014CC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="-178" w:hanging="360"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00014CC4">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Arial" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">    - Mettre des locaux appropriés à la disposition de la personne chargée du contrôle - ‘référence : </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="18EBBBEF" w14:textId="77777777" w:rsidR="00014CC4" w:rsidRPr="00014CC4" w:rsidRDefault="00014CC4" w:rsidP="00014CC4">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -11595,51 +11233,51 @@
       <w:r w:rsidRPr="00910A60">
         <w:rPr>
           <w:rFonts w:ascii="Trebuchet MS" w:eastAsia="Times New Roman" w:hAnsi="Trebuchet MS"/>
           <w:b/>
           <w:noProof/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="0E3964E0" wp14:editId="4ADFAA89">
             <wp:extent cx="3543300" cy="2819400"/>
             <wp:effectExtent l="19050" t="0" r="0" b="0"/>
             <wp:docPr id="100889564" name="Image 100889564"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="Picture 1"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId24" cstate="print">
+                    <a:blip r:embed="rId23" cstate="print">
                       <a:lum bright="10000" contrast="10000"/>
                     </a:blip>
                     <a:srcRect t="39396" r="50909" b="6621"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3543300" cy="2819400"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                     <a:ln w="9525">
                       <a:noFill/>
                       <a:miter lim="800000"/>
                       <a:headEnd/>
                       <a:tailEnd/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
@@ -11683,111 +11321,112 @@
       <w:r w:rsidR="00137710">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> local.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="654CFBE1" w14:textId="77777777" w:rsidR="00137710" w:rsidRPr="00901839" w:rsidRDefault="00A90F7B" w:rsidP="00A664D6">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00A90F7B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="019E165A" wp14:editId="28CC203C">
             <wp:extent cx="1729890" cy="1318374"/>
             <wp:effectExtent l="0" t="0" r="3810" b="0"/>
             <wp:docPr id="1096431777" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="1096431777" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25"/>
+                    <a:blip r:embed="rId24"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1729890" cy="1318374"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r w:rsidR="00AC3598" w:rsidRPr="00AC3598">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="39FD77B6" wp14:editId="4BE66542">
             <wp:extent cx="2896004" cy="2162477"/>
             <wp:effectExtent l="0" t="0" r="0" b="9525"/>
             <wp:docPr id="962960907" name="Image 1"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="962960907" name=""/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26"/>
+                    <a:blip r:embed="rId25"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="2896004" cy="2162477"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="5567D375" w14:textId="77777777" w:rsidR="009E2D2B" w:rsidRPr="00A664D6" w:rsidRDefault="009E2D2B" w:rsidP="00A664D6"/>
     <w:p w14:paraId="0B281EDA" w14:textId="77777777" w:rsidR="00750336" w:rsidRPr="0088257A" w:rsidRDefault="00516BEA" w:rsidP="48D46A6B">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
@@ -11982,51 +11621,50 @@
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve">Préliminaire </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74C11D7D" w14:textId="77777777" w:rsidR="007C6FB8" w:rsidRPr="0088257A" w:rsidRDefault="007C6FB8" w:rsidP="00B6446A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">La manifestation pédestre, objet du présent règlement est interdite à tous engins à roue(s), hors ceux-ceux de l'organisation ou acceptés par celle-ci, et aux animaux. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2F95480F" w14:textId="77777777" w:rsidR="00516BEA" w:rsidRPr="0088257A" w:rsidRDefault="00516BEA" w:rsidP="00B6446A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0CFA46D6" w14:textId="77777777" w:rsidR="007C6FB8" w:rsidRPr="0088257A" w:rsidRDefault="007C6FB8" w:rsidP="00B6446A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
@@ -12966,51 +12604,50 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6791D095" w14:textId="77777777" w:rsidR="00F850ED" w:rsidRPr="00AC525B" w:rsidRDefault="00F850ED" w:rsidP="00B6446A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC525B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Pour les compétitions sur route du 5km au Marathon, de Cross-country, le port du dossard fixé sur la poitrine est obligatoire (fixé par 4 épingles ou par tout autre moyen).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5FFBCC81" w14:textId="77777777" w:rsidR="00FA74E9" w:rsidRPr="0088257A" w:rsidRDefault="00FA74E9" w:rsidP="00B6446A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00AC525B">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Pour les compétitions de trail, course en montagne et ultra</w:t>
       </w:r>
       <w:r w:rsidR="004808C2">
@@ -13205,51 +12842,61 @@
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>h –Matériel de sécurité</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="06B5B9A4" w14:textId="77777777" w:rsidR="007C6FB8" w:rsidRPr="0088257A" w:rsidRDefault="007C6FB8" w:rsidP="00B6446A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve">L'athlète devra obligatoirement présenter avant le départ le matériel de sécurité suivant :Lister le matériel requis (par exemple réserve d'eau, couverture de survie, sifflet, téléphone portable ...)Tout abandon de tout ou partie de ce matériel durant la compétition est interdit, il entraînera la disqualification de l'athlète. </w:t>
+        <w:t xml:space="preserve">L'athlète devra obligatoirement présenter avant le départ le matériel de sécurité suivant :Lister le matériel requis (par exemple réserve d'eau, couverture de survie, sifflet, téléphone portable ...)Tout </w:t>
+      </w:r>
+      <w:r w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:lang w:eastAsia="fr-FR"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">abandon de tout ou partie de ce matériel durant la compétition est interdit, il entraînera la disqualification de l'athlète. </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="049F6CC6" w14:textId="77777777" w:rsidR="00516BEA" w:rsidRPr="0088257A" w:rsidRDefault="00516BEA" w:rsidP="00B6446A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="731C9123" w14:textId="77777777" w:rsidR="007C6FB8" w:rsidRPr="0088257A" w:rsidRDefault="007C6FB8" w:rsidP="00B6446A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
@@ -13531,61 +13178,51 @@
       <w:pPr>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>C’est une notion complexe sur le plan juridique, il convient donc de prendre  toutes dispositions nécessaires dans le règlement pour informer</w:t>
       </w:r>
       <w:r w:rsidR="00F9726A" w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:t xml:space="preserve"> les concurrents de la possibilité que se réserve </w:t>
-[...9 lines deleted...]
-        <w:t>l’organisateur de pouvoir utiliser les éventuelles images de la manifestation sous quelque forme que ce soit, sur tout support, sur un territoire donné et pour une durée limitée (2</w:t>
+        <w:t xml:space="preserve"> les concurrents de la possibilité que se réserve l’organisateur de pouvoir utiliser les éventuelles images de la manifestation sous quelque forme que ce soit, sur tout support, sur un territoire donné et pour une durée limitée (2</w:t>
       </w:r>
       <w:r w:rsidR="004F4785" w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> ans</w:t>
       </w:r>
       <w:r w:rsidR="00F9726A" w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t xml:space="preserve"> par exemple).</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2A8BA476" w14:textId="77777777" w:rsidR="009927AE" w:rsidRDefault="00516BEA" w:rsidP="48D46A6B">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -13852,50 +13489,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Objectif : récompenser un maximum de personnes et éviter que des athlètes le soient deux fois.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2E5F029E" w14:textId="77777777" w:rsidR="000E54B2" w:rsidRPr="0088257A" w:rsidRDefault="000E54B2" w:rsidP="00B6446A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Méthode: les personnes récompensées au scratch sont «sorties» du classement de leurs catégories, pour établir le podium de ladite catégorie.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0DF445E3" w14:textId="0EC511A6" w:rsidR="000E54B2" w:rsidRPr="00B80209" w:rsidRDefault="000E54B2" w:rsidP="00B6446A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>Pièges ainsi évités: des coureurs récompensés deux fois, dont une, à la place d’un coureur sur le podium de sa catégorie</w:t>
       </w:r>
       <w:r w:rsidRPr="00B80209">
         <w:rPr>
@@ -14259,51 +13897,50 @@
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="776579EB" w14:textId="77777777" w:rsidR="000E54B2" w:rsidRDefault="000E54B2" w:rsidP="00B6446A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>Méthode : prévoir des récompenses de valeurs égales et la même méthodologie concernant les catégories.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43BEB961" w14:textId="77777777" w:rsidR="00720382" w:rsidRDefault="00720382" w:rsidP="00B6446A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="08D2C26B" w14:textId="32BCD637" w:rsidR="00720382" w:rsidRDefault="00720382" w:rsidP="00B6446A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
@@ -14653,50 +14290,51 @@
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>- Cadets Garçons - Filles</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="52AAD069" w14:textId="77777777" w:rsidR="000E54B2" w:rsidRPr="0088257A" w:rsidRDefault="000E54B2" w:rsidP="00B6446A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>- Minimes Garçons – Filles.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7E0A3052" w14:textId="77777777" w:rsidR="000E54B2" w:rsidRPr="0088257A" w:rsidRDefault="000E54B2" w:rsidP="00B6446A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsia="Times New Roman" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:t>- Handisports (si parcours adaptés) Hommes – Femmes</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67ECB45F" w14:textId="77777777" w:rsidR="000E54B2" w:rsidRPr="0088257A" w:rsidRDefault="000E54B2" w:rsidP="00B6446A">
@@ -14925,226 +14563,160 @@
         <w:ind w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Des amendes </w:t>
       </w:r>
       <w:r w:rsidR="007D7CA1" w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>pour perte et ou détérioration de matériel sont appliquées.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2989E6E0" w14:textId="77777777" w:rsidR="00DB550C" w:rsidRPr="0088257A" w:rsidRDefault="00DB550C" w:rsidP="48D46A6B">
+    <w:p w14:paraId="2A6AD6C0" w14:textId="2C208E42" w:rsidR="00DB550C" w:rsidRPr="00B93B1A" w:rsidRDefault="00DB550C" w:rsidP="007B0923">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="993"/>
         </w:tabs>
-        <w:rPr>
+        <w:ind w:left="284" w:right="260"/>
+        <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="28" w:name="_Toc1083110591"/>
-      <w:r w:rsidRPr="48D46A6B">
+      <w:r w:rsidRPr="00B93B1A">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Communication</w:t>
       </w:r>
       <w:bookmarkEnd w:id="28"/>
     </w:p>
-    <w:p w14:paraId="2A6AD6C0" w14:textId="77777777" w:rsidR="00DB550C" w:rsidRPr="0088257A" w:rsidRDefault="00DB550C" w:rsidP="00B6446A">
+    <w:p w14:paraId="5FBD4024" w14:textId="77777777" w:rsidR="00423922" w:rsidRPr="0088257A" w:rsidRDefault="00984D41" w:rsidP="00B6446A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...9 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Détaillez</w:t>
       </w:r>
       <w:r w:rsidR="00423922" w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vos moyens de communication, site internet, flyer</w:t>
       </w:r>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, presse, panneaux lumineux, etc…</w:t>
       </w:r>
-    </w:p>
-[...42 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="5F0BC791" w14:textId="77777777" w:rsidR="00984D41" w:rsidRPr="0088257A" w:rsidRDefault="009927AE" w:rsidP="48D46A6B">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="29" w:name="_Toc524634747"/>
       <w:r w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="007E5E4F" w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="00516BEA" w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AF50F8" w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00984D41" w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>hronométrage</w:t>
       </w:r>
       <w:bookmarkEnd w:id="29"/>
-    </w:p>
-[...10 lines deleted...]
-      </w:pPr>
     </w:p>
     <w:p w14:paraId="63CCDCE2" w14:textId="77777777" w:rsidR="004D6443" w:rsidRPr="0088257A" w:rsidRDefault="004D6443" w:rsidP="00B6446A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Détaillez le type de chronométrage proposé :</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4542ABBC" w14:textId="77777777" w:rsidR="004D6443" w:rsidRPr="0088257A" w:rsidRDefault="004D6443" w:rsidP="00B6446A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
@@ -15425,205 +14997,195 @@
       <w:r w:rsidR="004D6443" w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:noProof/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
           <w:lang w:eastAsia="fr-FR"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="5F772823" wp14:editId="794BB335">
             <wp:extent cx="1523353" cy="2171700"/>
             <wp:effectExtent l="19050" t="0" r="647" b="0"/>
             <wp:docPr id="10" name="Image 1" descr="25.JPG"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="25.JPG"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId27" cstate="print"/>
+                    <a:blip r:embed="rId26" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1524672" cy="2173580"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3BA99BD4" w14:textId="77777777" w:rsidR="00984D41" w:rsidRPr="0088257A" w:rsidRDefault="00984D41" w:rsidP="00B6446A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="74CBE563" w14:textId="77777777" w:rsidR="00984D41" w:rsidRPr="0088257A" w:rsidRDefault="00A709F1" w:rsidP="48D46A6B">
+    <w:p w14:paraId="4D2C01D9" w14:textId="026ED171" w:rsidR="00984D41" w:rsidRPr="0088257A" w:rsidRDefault="00A709F1" w:rsidP="00B93B1A">
       <w:pPr>
         <w:pStyle w:val="Titre2"/>
         <w:rPr>
+          <w:rFonts w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="30" w:name="_Toc1848386052"/>
       <w:r w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>12)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00AF50F8" w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidR="00984D41" w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nimation</w:t>
       </w:r>
       <w:r w:rsidR="00E56560" w:rsidRPr="48D46A6B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, buvette</w:t>
       </w:r>
       <w:bookmarkEnd w:id="30"/>
     </w:p>
-    <w:p w14:paraId="4D2C01D9" w14:textId="77777777" w:rsidR="00984D41" w:rsidRPr="0088257A" w:rsidRDefault="00984D41" w:rsidP="00B6446A">
+    <w:p w14:paraId="2C4FB77A" w14:textId="77777777" w:rsidR="00984D41" w:rsidRPr="0088257A" w:rsidRDefault="00984D41" w:rsidP="00B6446A">
       <w:pPr>
         <w:pStyle w:val="Paragraphedeliste"/>
         <w:ind w:left="284" w:right="260"/>
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>L’animation sera assurée par _______________________</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="093E8E67" w14:textId="77777777" w:rsidR="00206230" w:rsidRPr="0088257A" w:rsidRDefault="00984D41" w:rsidP="00B6446A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:ind w:left="284" w:right="260"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Pensez à proposer un échauffement musical.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FE9B90B" w14:textId="77777777" w:rsidR="00984D41" w:rsidRPr="0088257A" w:rsidRDefault="00206230" w:rsidP="00B6446A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:ind w:left="284" w:right="260"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0088257A">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Attention aux droits SACEM</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5588607A" w14:textId="0143369D" w:rsidR="00336869" w:rsidRPr="0088257A" w:rsidRDefault="00E56560" w:rsidP="00B6446A">
+      <w:pPr>
+        <w:pStyle w:val="Paragraphedeliste"/>
+        <w:ind w:left="284" w:right="260"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
-    </w:p>
-[...67 lines deleted...]
-      </w:pPr>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Une buvette payante (</w:t>
       </w:r>
       <w:r w:rsidR="005078B5" w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>catégorie 3</w:t>
       </w:r>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">) peut être proposée, pensez </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
@@ -15631,103 +15193,76 @@
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> vous acquitter des droits.</w:t>
       </w:r>
       <w:r w:rsidR="00E54E21" w:rsidRPr="0088257A">
         <w:rPr>
           <w:rFonts w:asciiTheme="majorHAnsi" w:hAnsiTheme="majorHAnsi" w:cstheme="majorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Les démarches de demande de boisson se font auprès des services administratifs de la Mairie ou se trouve la buvette.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A3F9D74" w14:textId="77777777" w:rsidR="00750336" w:rsidRPr="0088257A" w:rsidRDefault="00750336" w:rsidP="00B6446A">
-[...21 lines deleted...]
-    </w:p>
     <w:sectPr w:rsidR="00336869" w:rsidRPr="0088257A" w:rsidSect="00C644C4">
-      <w:headerReference w:type="even" r:id="rId28"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId33"/>
+      <w:headerReference w:type="default" r:id="rId27"/>
+      <w:footerReference w:type="default" r:id="rId28"/>
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="720" w:right="720" w:bottom="720" w:left="720" w:header="708" w:footer="140" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4DCE4B75" w14:textId="77777777" w:rsidR="00607829" w:rsidRDefault="00607829" w:rsidP="00254C7A">
+    <w:p w14:paraId="04F30655" w14:textId="77777777" w:rsidR="0076241F" w:rsidRDefault="0076241F" w:rsidP="00254C7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="52C7EA77" w14:textId="77777777" w:rsidR="00607829" w:rsidRDefault="00607829" w:rsidP="00254C7A">
+    <w:p w14:paraId="0460A1C6" w14:textId="77777777" w:rsidR="0076241F" w:rsidRDefault="0076241F" w:rsidP="00254C7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
@@ -15779,188 +15314,119 @@
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial Rounded MT Bold">
     <w:panose1 w:val="020F0704030504030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="5764287B" w14:textId="77777777" w:rsidR="001D0B64" w:rsidRDefault="001D0B64">
-[...9 lines deleted...]
-  <w:p w14:paraId="0059A1DE" w14:textId="77777777" w:rsidR="001D0B64" w:rsidRDefault="00D05FEB">
+  <w:p w14:paraId="0059A1DE" w14:textId="639F1C8F" w:rsidR="001D0B64" w:rsidRDefault="00B93B1A">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
       <w:jc w:val="center"/>
     </w:pPr>
     <w:r>
-      <w:fldChar w:fldCharType="begin"/>
+      <w:t>Mise à jour le 27/02/2026</w:t>
     </w:r>
-    <w:r>
-[...27 lines deleted...]
-    </w:sdt>
   </w:p>
   <w:p w14:paraId="09A363D2" w14:textId="77777777" w:rsidR="001D0B64" w:rsidRDefault="001D0B64">
-    <w:pPr>
-[...8 lines deleted...]
-  <w:p w14:paraId="22CA0168" w14:textId="77777777" w:rsidR="001D0B64" w:rsidRDefault="001D0B64">
     <w:pPr>
       <w:pStyle w:val="Pieddepage"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7D1B061C" w14:textId="77777777" w:rsidR="00607829" w:rsidRDefault="00607829" w:rsidP="00254C7A">
+    <w:p w14:paraId="781D89C1" w14:textId="77777777" w:rsidR="0076241F" w:rsidRDefault="0076241F" w:rsidP="00254C7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="276BBD9B" w14:textId="77777777" w:rsidR="00607829" w:rsidRDefault="00607829" w:rsidP="00254C7A">
+    <w:p w14:paraId="067AA48F" w14:textId="77777777" w:rsidR="0076241F" w:rsidRDefault="0076241F" w:rsidP="00254C7A">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-[...8 lines deleted...]
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="3A8FABBB" w14:textId="77777777" w:rsidR="001D0B64" w:rsidRPr="00254C7A" w:rsidRDefault="001D0B64" w:rsidP="00254C7A">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:sz w:val="72"/>
         <w:szCs w:val="72"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00254C7A">
       <w:rPr>
         <w:sz w:val="72"/>
         <w:szCs w:val="72"/>
       </w:rPr>
       <w:t>NOM DE LA COURSE</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="34BBE8BF" w14:textId="77777777" w:rsidR="001D0B64" w:rsidRDefault="001D0B64">
     <w:pPr>
       <w:pStyle w:val="En-tte"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="08DB691E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="0AAEF8A4"/>
     <w:lvl w:ilvl="0" w:tplc="040C0011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="644" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1364" w:hanging="360"/>
@@ -17517,50 +16983,163 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52C05198"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="06FAEFF6"/>
+    <w:lvl w:ilvl="0" w:tplc="040C0001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1426" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2146" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2866" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3586" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4306" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5026" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="040C0001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5746" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6466" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7186" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="63C706C4"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DD1AD904"/>
     <w:lvl w:ilvl="0" w:tplc="9416B1E2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1065" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri Light" w:eastAsiaTheme="minorHAnsi" w:hAnsi="Calibri Light" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1785" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17629,51 +17208,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6105" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6825" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6BA14A38"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="B2FAC8E8"/>
     <w:lvl w:ilvl="0" w:tplc="040C0011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
@@ -17718,51 +17297,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="6EC71248"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="86D2A846"/>
     <w:lvl w:ilvl="0" w:tplc="3976ABFC">
       <w:start w:val="3"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsia="Times New Roman" w:hAnsi="Symbol" w:cs="Arial" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -17831,51 +17410,51 @@
     <w:lvl w:ilvl="7" w:tplc="040C0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C0005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="758A7A36"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="10CEFAF8"/>
     <w:lvl w:ilvl="0" w:tplc="040C0011">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="040C0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="040C001B" w:tentative="1">
@@ -17933,93 +17512,96 @@
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="040C001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1189951569">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="452092547">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1640840199">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1403259065">
     <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="365259845">
-    <w:abstractNumId w:val="17"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1930432501">
     <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="595137963">
     <w:abstractNumId w:val="13"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="911042771">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1613054071">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="989363684">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="78453695">
     <w:abstractNumId w:val="8"/>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="480314506">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="147064772">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="574124285">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="110252127">
-    <w:abstractNumId w:val="18"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="1371764455">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="2009668862">
     <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1984655459">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1902012073">
     <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="719137880">
+    <w:abstractNumId w:val="15"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:displayBackgroundShape/>
   <w:proofState w:spelling="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
@@ -18121,61 +17703,63 @@
     <w:rsid w:val="005E71EC"/>
     <w:rsid w:val="005F5D4E"/>
     <w:rsid w:val="00607829"/>
     <w:rsid w:val="006212B8"/>
     <w:rsid w:val="00622A68"/>
     <w:rsid w:val="0065255A"/>
     <w:rsid w:val="006534AC"/>
     <w:rsid w:val="00655D0E"/>
     <w:rsid w:val="00696989"/>
     <w:rsid w:val="00696D38"/>
     <w:rsid w:val="006A5AB4"/>
     <w:rsid w:val="006C1ED2"/>
     <w:rsid w:val="006F3443"/>
     <w:rsid w:val="0070125D"/>
     <w:rsid w:val="00717EA9"/>
     <w:rsid w:val="00720382"/>
     <w:rsid w:val="00724577"/>
     <w:rsid w:val="00727132"/>
     <w:rsid w:val="00733D30"/>
     <w:rsid w:val="00742397"/>
     <w:rsid w:val="0074657F"/>
     <w:rsid w:val="00750336"/>
     <w:rsid w:val="00750487"/>
     <w:rsid w:val="00755137"/>
     <w:rsid w:val="00761EB2"/>
+    <w:rsid w:val="0076241F"/>
     <w:rsid w:val="00772720"/>
     <w:rsid w:val="007731FE"/>
     <w:rsid w:val="007C22D4"/>
     <w:rsid w:val="007C6FB8"/>
     <w:rsid w:val="007D7CA1"/>
     <w:rsid w:val="007E20EE"/>
     <w:rsid w:val="007E5E4F"/>
     <w:rsid w:val="008016F0"/>
     <w:rsid w:val="00806FCA"/>
     <w:rsid w:val="0081116B"/>
     <w:rsid w:val="00813748"/>
+    <w:rsid w:val="00815005"/>
     <w:rsid w:val="0083075E"/>
     <w:rsid w:val="00842A54"/>
     <w:rsid w:val="00861982"/>
     <w:rsid w:val="00874EA9"/>
     <w:rsid w:val="0088257A"/>
     <w:rsid w:val="0088368D"/>
     <w:rsid w:val="008955BD"/>
     <w:rsid w:val="008979DA"/>
     <w:rsid w:val="008A2153"/>
     <w:rsid w:val="008A791D"/>
     <w:rsid w:val="008D4D8F"/>
     <w:rsid w:val="008E7766"/>
     <w:rsid w:val="008F16BA"/>
     <w:rsid w:val="008F3435"/>
     <w:rsid w:val="00901839"/>
     <w:rsid w:val="009154AF"/>
     <w:rsid w:val="00916640"/>
     <w:rsid w:val="00921A29"/>
     <w:rsid w:val="00924974"/>
     <w:rsid w:val="0094063A"/>
     <w:rsid w:val="00943EC0"/>
     <w:rsid w:val="0095605A"/>
     <w:rsid w:val="00970AF0"/>
     <w:rsid w:val="00981E8E"/>
     <w:rsid w:val="00984D41"/>
@@ -18205,121 +17789,124 @@
     <w:rsid w:val="00A773D3"/>
     <w:rsid w:val="00A86EA0"/>
     <w:rsid w:val="00A90F7B"/>
     <w:rsid w:val="00A91662"/>
     <w:rsid w:val="00AB131F"/>
     <w:rsid w:val="00AB2DA8"/>
     <w:rsid w:val="00AC3598"/>
     <w:rsid w:val="00AC525B"/>
     <w:rsid w:val="00AC78EB"/>
     <w:rsid w:val="00AD2229"/>
     <w:rsid w:val="00AD7F69"/>
     <w:rsid w:val="00AF50F8"/>
     <w:rsid w:val="00B008D4"/>
     <w:rsid w:val="00B02EFD"/>
     <w:rsid w:val="00B0539C"/>
     <w:rsid w:val="00B10DAD"/>
     <w:rsid w:val="00B348BB"/>
     <w:rsid w:val="00B36CB0"/>
     <w:rsid w:val="00B422E1"/>
     <w:rsid w:val="00B6446A"/>
     <w:rsid w:val="00B660CE"/>
     <w:rsid w:val="00B702C6"/>
     <w:rsid w:val="00B7380A"/>
     <w:rsid w:val="00B7553E"/>
     <w:rsid w:val="00B80209"/>
+    <w:rsid w:val="00B93B1A"/>
     <w:rsid w:val="00BC0363"/>
     <w:rsid w:val="00BC26FE"/>
     <w:rsid w:val="00BD08D5"/>
     <w:rsid w:val="00BD1B4C"/>
     <w:rsid w:val="00BD2B5C"/>
     <w:rsid w:val="00BD4CE0"/>
     <w:rsid w:val="00BD6C4C"/>
     <w:rsid w:val="00BE494B"/>
     <w:rsid w:val="00BF7245"/>
     <w:rsid w:val="00BF7CD9"/>
     <w:rsid w:val="00C01976"/>
     <w:rsid w:val="00C4127E"/>
     <w:rsid w:val="00C60B33"/>
     <w:rsid w:val="00C644C4"/>
     <w:rsid w:val="00C6496B"/>
     <w:rsid w:val="00C8124E"/>
     <w:rsid w:val="00C84B5D"/>
     <w:rsid w:val="00C91EC5"/>
     <w:rsid w:val="00CA3675"/>
     <w:rsid w:val="00CB41B0"/>
     <w:rsid w:val="00CB4700"/>
     <w:rsid w:val="00CB4DA5"/>
     <w:rsid w:val="00CC2CBE"/>
     <w:rsid w:val="00CC403E"/>
     <w:rsid w:val="00CD3B51"/>
     <w:rsid w:val="00CE7F01"/>
     <w:rsid w:val="00CF54BB"/>
     <w:rsid w:val="00D05E8D"/>
     <w:rsid w:val="00D05FEB"/>
     <w:rsid w:val="00D17A61"/>
     <w:rsid w:val="00D41FA7"/>
     <w:rsid w:val="00D5423A"/>
     <w:rsid w:val="00D56A87"/>
     <w:rsid w:val="00D7541E"/>
     <w:rsid w:val="00DA5A63"/>
     <w:rsid w:val="00DA7C7A"/>
     <w:rsid w:val="00DB550C"/>
     <w:rsid w:val="00DD099B"/>
     <w:rsid w:val="00DD54E6"/>
     <w:rsid w:val="00DE795F"/>
+    <w:rsid w:val="00DF0F51"/>
     <w:rsid w:val="00DF64AB"/>
     <w:rsid w:val="00E03B86"/>
     <w:rsid w:val="00E04805"/>
     <w:rsid w:val="00E05473"/>
     <w:rsid w:val="00E11551"/>
     <w:rsid w:val="00E15860"/>
     <w:rsid w:val="00E2033D"/>
     <w:rsid w:val="00E230F7"/>
     <w:rsid w:val="00E54E21"/>
     <w:rsid w:val="00E55CC5"/>
     <w:rsid w:val="00E56560"/>
     <w:rsid w:val="00E66D1E"/>
     <w:rsid w:val="00E67FCC"/>
     <w:rsid w:val="00E713BF"/>
     <w:rsid w:val="00E733F9"/>
     <w:rsid w:val="00E90E46"/>
     <w:rsid w:val="00E95FC7"/>
     <w:rsid w:val="00EA12FC"/>
     <w:rsid w:val="00EC3569"/>
     <w:rsid w:val="00EE4202"/>
     <w:rsid w:val="00EE6BED"/>
     <w:rsid w:val="00EF46EA"/>
     <w:rsid w:val="00F03867"/>
     <w:rsid w:val="00F04CBD"/>
     <w:rsid w:val="00F14B77"/>
     <w:rsid w:val="00F22BB2"/>
     <w:rsid w:val="00F279CA"/>
     <w:rsid w:val="00F50F6B"/>
     <w:rsid w:val="00F519F5"/>
     <w:rsid w:val="00F765BC"/>
     <w:rsid w:val="00F850ED"/>
+    <w:rsid w:val="00F85F26"/>
     <w:rsid w:val="00F91A9C"/>
     <w:rsid w:val="00F9726A"/>
     <w:rsid w:val="00FA062C"/>
     <w:rsid w:val="00FA74E9"/>
     <w:rsid w:val="00FB2ED3"/>
     <w:rsid w:val="00FB3A8A"/>
     <w:rsid w:val="00FC3A89"/>
     <w:rsid w:val="00FF0AA3"/>
     <w:rsid w:val="034BB236"/>
     <w:rsid w:val="110525A3"/>
     <w:rsid w:val="200CC74D"/>
     <w:rsid w:val="25A19716"/>
     <w:rsid w:val="2DAD4643"/>
     <w:rsid w:val="2E59C8ED"/>
     <w:rsid w:val="306D3AB1"/>
     <w:rsid w:val="3780E465"/>
     <w:rsid w:val="46765C28"/>
     <w:rsid w:val="48D46A6B"/>
     <w:rsid w:val="4F8537A9"/>
     <w:rsid w:val="51F9CDDB"/>
     <w:rsid w:val="54FDE8E2"/>
     <w:rsid w:val="5506BF1B"/>
     <w:rsid w:val="582F044D"/>
     <w:rsid w:val="58F4A950"/>
     <w:rsid w:val="7CB545B4"/>
@@ -21324,51 +20911,51 @@
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1241793370">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cdchs37.net/documents?page=2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pps.athle.fr/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://declaration-manifestations.gouv.fr/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.emf"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bases.athle.fr/asp.net/liste.aspx?frmpostback=true&amp;frmbase=contacts&amp;frmmode=1&amp;frmespace=0&amp;frmdomaine=SOCIETE+CHRONOMETRIE&amp;frmsousdomaine=&amp;frmligue=&amp;frmdepartement=&amp;frmnom=&amp;frmemail=" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://declaration-manifestations.gouv.fr/" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.cdchs37.net/documents?page=2" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.jpeg"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image15.jpeg"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image11.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.jpeg"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.jpeg"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image14.png"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.jpeg"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pps.athle.fr/" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image13.png"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.jpeg"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image12.emf"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://declaration-manifestations.gouv.fr/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.jpeg"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bases.athle.fr/asp.net/liste.aspx?frmpostback=true&amp;frmbase=contacts&amp;frmmode=1&amp;frmespace=0&amp;frmdomaine=SOCIETE+CHRONOMETRIE&amp;frmsousdomaine=&amp;frmligue=&amp;frmdepartement=&amp;frmnom=&amp;frmemail=" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Thème Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -21606,67 +21193,67 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA Fifth Edition"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{30663981-8909-48D7-BB53-BDBA11CAFE36}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>22</Pages>
-[...1 lines deleted...]
-  <Characters>34761</Characters>
+  <Pages>21</Pages>
+  <Words>6240</Words>
+  <Characters>34320</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>289</Lines>
-  <Paragraphs>81</Paragraphs>
+  <Lines>286</Lines>
+  <Paragraphs>80</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Titre</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>ORANGE Group</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>41000</CharactersWithSpaces>
+  <CharactersWithSpaces>40480</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>DOMINIQUE-JEAN jeanneau</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>